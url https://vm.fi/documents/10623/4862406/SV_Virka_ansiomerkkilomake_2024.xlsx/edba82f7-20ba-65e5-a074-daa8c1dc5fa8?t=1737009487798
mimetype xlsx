--- v0 (2025-11-07)
+++ v1 (2026-03-18)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\valtion.fi\yhteiset_tiedostot\VM\VKO\HPY\VAM\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\valtion.fi\yhteiset_tiedostot\VM\VKO\HPY\VAM\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A9798535-C4B2-4315-B3C5-1A616FED221B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14A11AD4-48E4-4BE0-9BBE-E6E6516E3F5E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anvisningar för ifyllande" sheetId="2" r:id="rId1"/>
     <sheet name="Blankett" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Korhonen Heikki</author>
     <author>Savinen Marianne (VM)</author>
   </authors>
   <commentList>
     <comment ref="F2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
@@ -467,51 +467,51 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Sekretess och den lagparagraf som ligger till grund för sekretess</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> = om personens namn är sekretessbelagda uppgifter, ange grunden för sekretessen i cellen (lagparagraf)</t>
     </r>
   </si>
   <si>
-    <t>Ansökningsåret 2025</t>
+    <t>Ansökningsåret 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -5161,51 +5161,51 @@
     <row r="482" spans="6:11" x14ac:dyDescent="0.35">
       <c r="F482" s="10"/>
       <c r="G482" s="11"/>
       <c r="H482" s="5"/>
       <c r="I482" s="5"/>
       <c r="J482" s="5"/>
       <c r="K482" s="5"/>
     </row>
     <row r="483" spans="6:11" x14ac:dyDescent="0.35">
       <c r="F483" s="10"/>
       <c r="G483" s="11"/>
       <c r="H483" s="5"/>
       <c r="I483" s="5"/>
       <c r="J483" s="5"/>
       <c r="K483" s="5"/>
     </row>
     <row r="484" spans="6:11" x14ac:dyDescent="0.35">
       <c r="F484" s="10"/>
       <c r="G484" s="11"/>
       <c r="H484" s="5"/>
       <c r="I484" s="5"/>
       <c r="J484" s="5"/>
       <c r="K484" s="5"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0Bj5X5HAaGy0oLFGqbY+/5Xsk6N7kx2T1AZALlAX6Jy/6MMxyBrn2JYC6HGxwH1+Wyv9F2akfDdiiIYZ8O5czg==" saltValue="omzxyBX/UqdXHZw30YPLFA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EFkGnw6A9YL86ZzW9njPmWkV1EF5lZ8uSI/tELV0SXUmlnBnFXu1eMBS5NEA5Grt4e3JBFjPWDXD4jHsaZacsA==" saltValue="MdA0n+MEr7bOvMwLpTXwag==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" sort="0" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>